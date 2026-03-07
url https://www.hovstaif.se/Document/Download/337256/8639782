--- v0 (2025-10-23)
+++ v1 (2026-03-07)
@@ -2,68 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002B138C" w:rsidRPr="007143CA" w:rsidRDefault="002B138C">
+    <w:p w14:paraId="64087EB7" w14:textId="77777777" w:rsidR="002B138C" w:rsidRPr="007143CA" w:rsidRDefault="002B138C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:noProof/>
           <w:lang w:eastAsia="sv-SE"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="384A4900" wp14:editId="14DF6044">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-742950</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-751205</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7198995" cy="1254125"/>
             <wp:effectExtent l="19050" t="0" r="1905" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="-57" y="0"/>
                 <wp:lineTo x="-57" y="21327"/>
                 <wp:lineTo x="21606" y="21327"/>
                 <wp:lineTo x="21606" y="0"/>
                 <wp:lineTo x="-57" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="2" name="Bild 2" descr="UmgasRIK1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -81,69 +79,69 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7198995" cy="1254125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B138C" w:rsidRPr="007143CA" w:rsidRDefault="00285453" w:rsidP="002B138C">
+    <w:p w14:paraId="34F22A38" w14:textId="77777777" w:rsidR="002B138C" w:rsidRPr="007143CA" w:rsidRDefault="00285453" w:rsidP="002B138C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>SAMARBETSAVTAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B138C" w:rsidRPr="00E039F6" w:rsidRDefault="00004262">
+    <w:p w14:paraId="494A63DC" w14:textId="77777777" w:rsidR="002B138C" w:rsidRPr="00E039F6" w:rsidRDefault="00004262">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00285453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">öljande samarbetsavtal har </w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">slutits mellan </w:t>
       </w:r>
       <w:r w:rsidR="00285453">
@@ -152,127 +150,143 @@
         </w:rPr>
         <w:t xml:space="preserve">laget </w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">RYNNINGE IK </w:t>
       </w:r>
       <w:r w:rsidR="00285453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">F99/00/01 </w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(nedan kallad RIK) </w:t>
       </w:r>
       <w:r w:rsidR="00285453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>och laget Hovsta IF F00-02</w:t>
+        <w:t xml:space="preserve">och laget </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00285453">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00285453">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF F00-02</w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nedan kallad </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00285453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Hovsta</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00285453">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Syfte med avtalet är att kunna träna och tävla som e</w:t>
       </w:r>
       <w:r w:rsidR="00D07699">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>tt</w:t>
       </w:r>
       <w:r w:rsidR="00E039F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> gemensamt lag, </w:t>
       </w:r>
       <w:r w:rsidR="00E039F6" w:rsidRPr="00E039F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>under</w:t>
       </w:r>
       <w:r w:rsidR="00E039F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> namnet…………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007143CA" w:rsidRDefault="00285453" w:rsidP="007143CA">
+    <w:p w14:paraId="45E5CDA2" w14:textId="77777777" w:rsidR="007143CA" w:rsidRDefault="00285453" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Avtal</w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>stid</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00777633" w:rsidRDefault="00285453" w:rsidP="007143CA">
+    <w:p w14:paraId="1C0E8A1C" w14:textId="77777777" w:rsidR="00777633" w:rsidRDefault="00285453" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Avtalet gäller för </w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">perioden </w:t>
       </w:r>
       <w:r w:rsidR="00004262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r>
@@ -284,434 +298,558 @@
       <w:r w:rsidR="00004262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00402B2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>12-31</w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Avtalet förlängs automatiskt årsvis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00777633" w:rsidRDefault="00777633" w:rsidP="007143CA">
+    <w:p w14:paraId="74D507DF" w14:textId="77777777" w:rsidR="00777633" w:rsidRDefault="00777633" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Dessförinnan skall f</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">ördelningsgrunderna </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">för </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>kostnader/intäkter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> uppdateras utifrån aktuell fördelning av aktiva från respektive föreningar och meddelas administrerande förenings sektionskassör</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007143CA" w:rsidRDefault="00285453" w:rsidP="007143CA">
+    <w:p w14:paraId="2B9BDC97" w14:textId="77777777" w:rsidR="007143CA" w:rsidRDefault="00285453" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Avtalet kan säjas upp av respektive lag under avtalstiden. Uppsägning skall ske skriftligen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007143CA" w:rsidRDefault="007143CA" w:rsidP="007143CA">
-[...7 lines deleted...]
-    <w:p w:rsidR="007143CA" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+    <w:p w14:paraId="156A59F6" w14:textId="77777777" w:rsidR="007143CA" w:rsidRDefault="007143CA" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C09E253" w14:textId="77777777" w:rsidR="007143CA" w:rsidRDefault="00D07699" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Lagens</w:t>
       </w:r>
       <w:r w:rsidR="007143CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> åtaganden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+    <w:p w14:paraId="123C4739" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>RIK tillhör Rynninge IK och betalar medlems- och träningsavgifter till moderklubben samt att RIK även har skyldighet att utföra de ekonomiska- och arbetsinsatser som moderklubben har beslutat om.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
-[...13 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2D850A9C" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F4BF49" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Hovsta</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D07699">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> tillhör </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Hovsta IF</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07699">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> och betalar medlems- och träningsavgifte</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>r till moderklubben samt att Hovsta</w:t>
-      </w:r>
+        <w:t xml:space="preserve">r till moderklubben samt att </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D07699">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> även har skyldighet att utföra de ekonomiska- och arbetsinsatser som moderklubben har beslutat om.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
-[...29 lines deleted...]
-    <w:p w:rsidR="00E039F6" w:rsidRDefault="00504DF8" w:rsidP="007143CA">
+    <w:p w14:paraId="3F5B51B3" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5A155F" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RIK och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> har sina egna lagkassor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F2B314" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CCF0BD" w14:textId="77777777" w:rsidR="00E039F6" w:rsidRDefault="00504DF8" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="007B32A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ktivitetsregistreringar registreras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> på Hovstas lagsida som administrerar samarbetslaget. Rynninge</w:t>
+        <w:t xml:space="preserve"> på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovstas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lagsida</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> som administrerar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>samarbetslaget</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. Rynninge</w:t>
       </w:r>
       <w:r w:rsidRPr="00504DF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> kan inte registrera/ansöka om aktivitetsbidrag för ”sina egna spelare” för då utgår dubbel ”sammankomstbidrag” för en och samma sammankomst</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000A0D" w:rsidRPr="00C46316" w:rsidRDefault="00000A0D" w:rsidP="007143CA">
+    <w:p w14:paraId="113C60D9" w14:textId="77777777" w:rsidR="00000A0D" w:rsidRPr="00C46316" w:rsidRDefault="00000A0D" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00000A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fördelning av kostnader/intäkter i samarbetet sköts löpande av sektionskassören Hovsta </w:t>
+        <w:t xml:space="preserve">Fördelning av kostnader/intäkter i samarbetet sköts löpande av sektionskassören </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00000A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00000A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:r w:rsidRPr="00000A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>fotboll</w:t>
       </w:r>
       <w:r w:rsidR="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (administrerande förening)</w:t>
       </w:r>
       <w:r w:rsidRPr="00000A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hovsta </w:t>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">fotbollssektion står för primär betalning av kostnader för träningstider, serieavgifter, anmälningsavgifter cuper och materia och efterdebiterar </w:t>
       </w:r>
       <w:r w:rsidRPr="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">löpande </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Rynninge IK 70% av totalsumman </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C46316" w:rsidRPr="00C46316" w:rsidRDefault="00C46316" w:rsidP="007143CA">
+    <w:p w14:paraId="545C24AC" w14:textId="77777777" w:rsidR="00C46316" w:rsidRPr="00C46316" w:rsidRDefault="00C46316" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00022F91" w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">ntäkter från </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">aktivitetsregistreringar och </w:t>
       </w:r>
       <w:r w:rsidR="00022F91" w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">sammankomsterna </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>vår och höst mottas av Hovsta IF föreningsstyrelse och fördelas till fotbollssektionen Hovsta</w:t>
-      </w:r>
+        <w:t xml:space="preserve">vår och höst mottas av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF föreningsstyrelse och fördelas till fotbollssektionen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> som </w:t>
       </w:r>
       <w:r w:rsidR="00777633" w:rsidRPr="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>snarast</w:t>
       </w:r>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>gör en delutbetalning motsvarande 70% av totalintäkten till Rynninge IK</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRPr="00C46316" w:rsidRDefault="00C46316" w:rsidP="007143CA">
+    <w:p w14:paraId="6DF7AB08" w14:textId="77777777" w:rsidR="00D07699" w:rsidRPr="00C46316" w:rsidRDefault="00C46316" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Fördelningsgrunderna </w:t>
       </w:r>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">för </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
@@ -729,517 +867,543 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> att t</w:t>
       </w:r>
       <w:r w:rsidR="00BF3D86" w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">ruppen </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">består </w:t>
       </w:r>
       <w:r w:rsidR="00BF3D86" w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">av 8 </w:t>
-      </w:r>
+        <w:t xml:space="preserve">av </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF3D86" w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">st </w:t>
-      </w:r>
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00777633">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BF3D86" w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Hovst</w:t>
       </w:r>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>a-</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00777633">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> och 20 </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46316">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00777633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">st </w:t>
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00777633">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46316">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Rynninge-tjejer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00E039F6" w:rsidP="00C46316">
+    <w:p w14:paraId="516935DC" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00E039F6" w:rsidP="00C46316">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82C2D">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D37CA6" w:rsidP="007143CA">
+    <w:p w14:paraId="4C441EC0" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D37CA6" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Alla övriga kostnader står respektive lag för</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00504DF8" w:rsidRDefault="00504DF8" w:rsidP="007143CA">
-[...7 lines deleted...]
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+    <w:p w14:paraId="6C5C7FD1" w14:textId="77777777" w:rsidR="00504DF8" w:rsidRDefault="00504DF8" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A06D7D" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid tävlingar skall ÖLFF och SvFF regler följas när det gäller föreningar som </w:t>
       </w:r>
       <w:r w:rsidR="00C03A01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>samarbetar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
-[...15 lines deleted...]
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+    <w:p w14:paraId="2C9511EE" w14:textId="77777777" w:rsidR="00D07699" w:rsidRDefault="00D07699" w:rsidP="007143CA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DDD8FCE" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E2C273" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Detta kontrakt är upprättat i två likalydande exemplar där parterna tagit var sitt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
-[...7 lines deleted...]
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+    <w:p w14:paraId="014AB649" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3FAF57" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00004262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Örebro </w:t>
       </w:r>
       <w:r w:rsidR="00402B2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>2016-0</w:t>
       </w:r>
       <w:r w:rsidR="00A711B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00402B2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A711B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
-[...7 lines deleted...]
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+    <w:p w14:paraId="68366582" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E12DD2" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>För Rynninge IK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C03A01">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>För Hovsta IF</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+        <w:t xml:space="preserve">För </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C03A01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Hovsta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C03A01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA77735" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1994DC49" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED3A08D" w14:textId="77777777" w:rsidR="00184DD4" w:rsidRDefault="00184DD4" w:rsidP="00184DD4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>……………………………………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………..…..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00402B2E" w:rsidRPr="00184DD4" w:rsidRDefault="00C03A01" w:rsidP="00184DD4">
-[...31 lines deleted...]
-    <w:sectPr w:rsidR="00402B2E" w:rsidRPr="00184DD4" w:rsidSect="00D77E12">
+    <w:sectPr w:rsidR="00184DD4" w:rsidSect="00D77E12">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00451490" w:rsidRDefault="00451490" w:rsidP="003C705C">
+    <w:p w14:paraId="20CB9296" w14:textId="77777777" w:rsidR="00590B56" w:rsidRDefault="00590B56" w:rsidP="003C705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00451490" w:rsidRDefault="00451490" w:rsidP="003C705C">
+    <w:p w14:paraId="2B26D5A9" w14:textId="77777777" w:rsidR="00590B56" w:rsidRDefault="00590B56" w:rsidP="003C705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="19262942"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="003C705C" w:rsidRDefault="00E3426E">
+      <w:p w14:paraId="63629860" w14:textId="77777777" w:rsidR="003C705C" w:rsidRDefault="00E3426E">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FD3049">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="003C705C" w:rsidRDefault="003C705C" w:rsidP="003C705C">
+  <w:p w14:paraId="587C8340" w14:textId="77777777" w:rsidR="003C705C" w:rsidRDefault="003C705C" w:rsidP="003C705C">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00451490" w:rsidRDefault="00451490" w:rsidP="003C705C">
+    <w:p w14:paraId="1152D860" w14:textId="77777777" w:rsidR="00590B56" w:rsidRDefault="00590B56" w:rsidP="003C705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00451490" w:rsidRDefault="00451490" w:rsidP="003C705C">
+    <w:p w14:paraId="66739073" w14:textId="77777777" w:rsidR="00590B56" w:rsidRDefault="00590B56" w:rsidP="003C705C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="430F6AE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4886AC44"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1422,178 +1586,184 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="352877621">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1004670421">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0051255C"/>
     <w:rsid w:val="00000A0D"/>
     <w:rsid w:val="00004262"/>
     <w:rsid w:val="00022F91"/>
     <w:rsid w:val="000362FB"/>
     <w:rsid w:val="00037205"/>
     <w:rsid w:val="00184DD4"/>
     <w:rsid w:val="001F0D0C"/>
     <w:rsid w:val="00214D3D"/>
     <w:rsid w:val="00285453"/>
     <w:rsid w:val="002B138C"/>
     <w:rsid w:val="0033478C"/>
     <w:rsid w:val="003C705C"/>
     <w:rsid w:val="00402B2E"/>
     <w:rsid w:val="00451490"/>
+    <w:rsid w:val="004B387C"/>
     <w:rsid w:val="004C7C65"/>
     <w:rsid w:val="00504DF8"/>
     <w:rsid w:val="0051255C"/>
     <w:rsid w:val="005739F1"/>
+    <w:rsid w:val="00590B56"/>
     <w:rsid w:val="005B06A4"/>
     <w:rsid w:val="005E3423"/>
     <w:rsid w:val="006469C1"/>
     <w:rsid w:val="006E23F0"/>
     <w:rsid w:val="007143CA"/>
     <w:rsid w:val="00776581"/>
     <w:rsid w:val="00777633"/>
     <w:rsid w:val="00793666"/>
     <w:rsid w:val="007B32A7"/>
     <w:rsid w:val="00901317"/>
     <w:rsid w:val="00A05EE1"/>
     <w:rsid w:val="00A711B6"/>
     <w:rsid w:val="00AF3BDE"/>
     <w:rsid w:val="00B26B8B"/>
     <w:rsid w:val="00BB0486"/>
     <w:rsid w:val="00BF3D86"/>
     <w:rsid w:val="00C03A01"/>
     <w:rsid w:val="00C46316"/>
+    <w:rsid w:val="00C56643"/>
     <w:rsid w:val="00C94822"/>
     <w:rsid w:val="00CD0518"/>
     <w:rsid w:val="00D07699"/>
     <w:rsid w:val="00D37CA6"/>
     <w:rsid w:val="00D77E12"/>
     <w:rsid w:val="00DA0A23"/>
     <w:rsid w:val="00E039F6"/>
     <w:rsid w:val="00E22C8F"/>
     <w:rsid w:val="00E3426E"/>
     <w:rsid w:val="00F5546A"/>
     <w:rsid w:val="00FD3049"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="11286EB0"/>
   <w15:docId w15:val="{96553D82-F75C-4E28-A61E-6CCE79D4C84C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1921,50 +2091,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D77E12"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2045,52 +2220,54 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C94822"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -2339,69 +2516,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1992</Characters>
+  <Pages>1</Pages>
+  <Words>370</Words>
+  <Characters>1967</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2363</CharactersWithSpaces>
+  <CharactersWithSpaces>2333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ann RIK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>